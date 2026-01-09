--- v0 (2025-10-15)
+++ v1 (2026-01-09)
@@ -12,56 +12,56 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="416">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="426">
   <si>
     <t>Knowledge Products from Benefit-Sharing Fund projects</t>
   </si>
   <si>
-    <t>Knowledge Products extracted on 2025-10-15 19:51:39</t>
+    <t>Knowledge Products extracted on 2026-01-09 14:50:23</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Keywords</t>
   </si>
   <si>
     <t>Crops</t>
   </si>
   <si>
     <t>Countries</t>
   </si>
   <si>
     <t>10.5281/zenodo.13880585</t>
   </si>
   <si>
     <t>Sequía Meteorólogica en Uruguay</t>
   </si>
@@ -962,198 +962,216 @@
   <si>
     <t>10.5281/zenodo.14974621</t>
   </si>
   <si>
     <t>Gender studies in wheat landrace restoration project in rainfed wheat cultivation areas in Iran, A case study of East Azerbaijan province Fattaneh, Hajilu</t>
   </si>
   <si>
     <t>Throughout history, women have been the silent carriers of local ecological knowledge thanks to their dedication and deep understanding of nature. As part of the project sponsored in Turkey, Iran and Afghanistan, a Gender Group was established under the leadership of the Faculty of Anthropology, University of Ankara.  The group gathered information on how farmers’ wives contribute to the maintenance of on-farm wheat diversity in the three countries, while documenting their knowledge and preferences regarding the cultivation, use and conservation of wheat. The study involved 140 women in 26 villages and documented women’s traditional knowledge of management, recognition and selection of native wheat landraces. The results were incorporated into the design of the project. The study also showed that where traditional agricultural practices continue, women are the main knowledge-holders, as well as the main decision-makers at household level. Their knowledge is highly sophisticated and is traditionally shared and handed down between generations. On-farm conservation of wheat landraces depends on women’s preferences, knowledge management, practices and social organization, which ensures that they play a fundamental role in the conservation, preservation and sharing of wheat diversity in Turkey. This study paper presents stories, traditions, reasons for cultivation of landraces, research and findings, materials and methods of the cultivation of landraces by women throughout the centuries. This study is part of the project “Improving food security by enhancing wheat production and its resilience to climate change through maintaining the diversity of currently grown landraces, funded  the 3 rd   cycle of the Benefit Sharing Fund (BSF) of the International Treaty on Plant Genetic Resources for Food and Agriculture (ITPGRFA) of the Food and Agriculture Organization (FAO).</t>
   </si>
   <si>
     <t>Climate change; Traditional knowledge; Women farmers; Landraces; Resilience; Gender; Restoration; On-farm conservation; Crop diversity</t>
   </si>
   <si>
     <t>Azerbaijan; Iran (Islamic Republic of)</t>
   </si>
   <si>
     <t>10.5281/zenodo.12731132</t>
   </si>
   <si>
     <t>Pearl millet (Pennisetum glaucum), known as bulrush millet, is the most drought and soil acidity tolerant cereal that belongs to the grass family graminae. Pearl millet production is about half of the total production of cereals in Africa, in Southern Africa it covers about 23%. This cereal crop is commonly grown in Botswana and Namibia comparable to any other parts of Southern Africa; Zimbabwe. The indigenous crop’s cultivation has declined substantially in 20-30 years. It grows on poor sandy soils and within a range of rainfall from 350 to 700 mm per annum with the ability to withstand long spells of drought. This crop has the potential to regenerate to produce new basal tillers finally compensating for drought losses caused by drought and erratic conditions. Pearl millet is an insurance crop against drought from high-risk areas. The maize crop became familiar even in areas where the soils and climates favored pearl millet survival. The high percentage cereal maize cultivation indicates a near monoculture agriculture system; creating an agriculture in need of more crop diversity to reduce crop failures emanating from whether variations. This production guide intends to compile some good agricultural practices and information related to physiological characteristics for pearl millet, including its diversity in Zimbabwe. It provides information on  its adaptation and survival, a guide on land and seed bed preparation, planting methods and time, soil and environmental adaptation, as well as the management of nutrition and fertility, including recurrent pests and diseases and the significance of cultural methods of weeds, disease and pest management. This guide was developed as part of the project “Exploring wide crosses derived crop biodiversity for climate resilience and food and nutrition security in Eastern and Southern Africa” funded by the Benefit Sharing Fund (BSF) of the International Treaty of Plant Genetic Resources for Food and Agriculture (ITPGRFA) of the Food and Agriculture Organisation (FAO) of the United Nations (UN).</t>
   </si>
   <si>
     <t>Production; Climate change; Stress; Adaptation; Pathogens and diseases; Farmers practices; Characterization and evaluation; Seed system; Yields; Organic farming; Genomics</t>
   </si>
   <si>
+    <t>10.5281/zenodo.14967178</t>
+  </si>
+  <si>
+    <t>Characterization &amp; Sustainable Utilization of the Underutilized Taro to Increase Food Security &amp; Improve Livelihood of Marginalized Communities Faced with the Climate Change</t>
+  </si>
+  <si>
+    <t>Taro ( Colocasia esculenta ) is amongst the most important staple crops in the Asia Pacific region, i.e., Fiji, Papua New Guinea, Palau and the Philippines. In Malaysia, taro or ‘keladi’ is a supplementary crop due to its high starch content. Based on socio-economic surveys, taro fits well as a potential underutilized crop to be mainstreamed in Malaysia and may have great potential to increase farmers’ incomes as it is also grown in home gardens and orchards.  Malaysia Agriculture Research and Development (MARDI), is the main partner in executing the project “Conservation and Sustainable Utilization of the underutilized Taro to Increase Food Security and Improve Livelihood of Marginalized Communities Faced with Climate Change “ funded in the 4th cycle of the Benefit Sharing Fund (BSF) of the International Treaty on Plant Genetic Resources for Food and Agriculture (ITPGRFA) of the Food and Agriculture Organization (FAO). The project in partnership of institutions from Indonesia, Philippines and Fiji, have established Farmer field schools (FFS), participatory approaches and support from Knowledge Centres (KCs) used to empower farmers with more knowledge and incentives to cultivate taro. Sustainable management of taro farming using Good Agricultural Practices (GAP) and best practices employed by other leading countries in taro research have been shared among participating countries and partners. This presentation was delivered by our partners from Malaysia Agriculture Research and Development Institute (MARDI) during the Tenth Session of the Governing Body of the ITPGRFA and illustrates some of the successful development of value chain for this crop and the multiple uses that it is possible to make of taro . It is worth noting that women have a prominent role in the processing process of taro.</t>
+  </si>
+  <si>
+    <t>Climate change; Income; Food security; Marginalized communities; Livelihoods; Women farmers; Value chain; Production; Underutilized crops; Characterization and evaluation; Conservation; Gender</t>
+  </si>
+  <si>
+    <t>Indonesia; Philippines; Malaysia</t>
+  </si>
+  <si>
+    <t>10.5281/zenodo.12733224</t>
+  </si>
+  <si>
+    <t>Community Seed Fair Report-Chhattisgarh (India)</t>
+  </si>
+  <si>
+    <t>This report summarizes the rational and main outcomes of the community seed fairs organized in Chhattisgarh (India) as part of the implementation of the project “Improving pulse biodiversity in rice fallow areas of tribal belts of Central and East Indian states to bring resilience in the farming practice, provide livelihood support and enhance nutritional level of the tribal population” funded in the 4th cycle the Benefit Sharing Fund (BSF) of the International Treaty of Plant Genetic Resources for Food and Agriculture (ITPGRFA) of the Food and Agriculture Organisation (FAO) of the United Nations (UN). This innovative project is implemented by PAIRVI, New Delhi in five states including Chhattisgarh. The aim of the project is to enhance the availability and on-farm conservation of resilient varieties of pulses (traditional varieties, varieties procured from gene banks as well as under-utilised species of pulses) and oil seeds for cultivation during the rice fallow season. The project decided to conduct community seeds fair on 3rd January 2021 at its project location, Bhaisajhar, Ramchowk, Kota Block, Bilaspur District under Chhattisgarh.</t>
+  </si>
+  <si>
+    <t>Native varieties; On-farm conservation; Seed fairs; Livelihoods; Local communities; Farmers; Climate change; Resilience; Underutilized crops; Farmers practices</t>
+  </si>
+  <si>
+    <t>Pulses</t>
+  </si>
+  <si>
+    <t>10.5281/zenodo.13347800</t>
+  </si>
+  <si>
+    <t>Semillas Resilientes de Covunco Abajo</t>
+  </si>
+  <si>
+    <t>The protagonists of this study are a group of market gardeners of Covunco Abajo (a small valley of 200 ha under irrigation) which is made up of seven families who are dedicated to goat, cattle, fodder and vegetable production. They are located on the banks of the Covunco stream (Mapuche for ‘hot waters’) in the central part of Neuquén Province.  In this group, the predominant type of production is horticulture, in which they carry out agroecological management. They use fertilizers such as home compost and goat, sheep or chicken manure and also to use genetic resources adapted to local climatic conditions. In the same line of work, the fundamental and strategic role played by local genetic resources was analysed, as detailed in this paper. The experiences generated through the workshops, exchanges, the seed house and the surveys of local available species, allowed the agro-biodiversity existing in the groups and in the area to be valued, achieving diversified production systems, using local genetic resources that are adapted to the climatic conditions, generating self sufficiency within the group. A gene pool of 82 horticultural varieties within 7 farming families represents a remarkable cultural capital. It is important to highlight the seed selection processes that these seven families have carried out over the years, seeking to meet not only food needs, but also health, culinary and cultural tastes associated with horticultural practice. The revaluation of their seeds also brought strength to the group, leading to the construction of their own seed house for community use in the area.The local seed made it possible to collectively build their own identity and recover species and stories associated with their seeds that seemed to have been lost in the area forever.  </t>
+  </si>
+  <si>
+    <t>Organic farming; Seed system; Conservation; Local communities; Family farming; Adaptation; Farmers; Crop diversity; Resilience; Breeding; Native varieties; Production</t>
+  </si>
+  <si>
+    <t>Maize; Beans; Potato</t>
+  </si>
+  <si>
+    <t>10.5281/zenodo.14974400</t>
+  </si>
+  <si>
+    <t>Participatory Varietal Selection of Potato Using the Mother &amp; Baby Trial Design: A Gender-responsive Trainer's Guide</t>
+  </si>
+  <si>
+    <t>Since 2003 CIP has applied an adapted, the PVS methodology using the Mother &amp; Baby Trial (MBT) design. This effort has been possible through both the strategic support of diverse donor-funded projects and through strategic alliances with government institutions, grassroots and civil society organizations, and universities. PVS encourages the active participation of farmers through the application of treatments in their own plots (i.e., “Baby” trials) and in fields with an experimental design (“Mother” trials managed by the technical team), as well as through systematic evaluations and selections of treatments. The farmer-managed Baby trials are valuable for assessing the performance of advanced clones under farmers’ conditions and for disseminating new candidate varieties. It builds on the notion that the advanced clones standard farmer practice, rather than requiring an optimal management package that smallholder farmers may not be able to afford. The researcher-recommended Mother trials, on the other hand, generally include technical recommendations provided by the researchers on components such as planting distance, fertilization, or integrated crop management. This guide aims to provide step-by-step guidance on facilitating and documenting the PVS dynamics using the MBT design to select, and eventually release, potato varieties preferred by end-users that suit male and female farmers’ different needs, diverse agro-systems, and management practices, as well as traders’ and consumers’ preferences.  This guide was developed as part of the implementation of the project “ Exchanging and Developing Biodiverse Potato Varieties in Peru, Nepal and Bhutan” funded the 3 rd  cycle of the Benefit Sharing Fund (BSF) of the International Treaty on Plant Genetic Resources for Food and Agriculture (ITPGRFA) of the Food and Agriculture Organization (FAO) with financial support from the European Union (EU).  </t>
+  </si>
+  <si>
+    <t>Climate change; Farmers; Adaptation; Farmers practices; Participatory variety selection; Gender; Women farmers; Sustainable agriculture; Farmers preferred varieties; Characterization and evaluation</t>
+  </si>
+  <si>
+    <t>Peru</t>
+  </si>
+  <si>
+    <t>10.5281/zenodo.12725196</t>
+  </si>
+  <si>
+    <t>Articulando Biodiversidad en Producción Familiar</t>
+  </si>
+  <si>
+    <t>En Uruguay hace ya unos años, funciona el Comité Nacional sobre los Recursos Fitogeneticos, como mecanismo de gobernanza donde participan instituciones y organizaciones vinculadas a la temática. Sistemáticamente se evalúan las necesidades nacionales y las formas de solución de manera coordinada y colaborativa. Fue en ese marco donde se alentó a estas tres organizaciones de la producción familiar, a presentar una propuesta al 4to ciclo del Fondo, el cual fue aprobado, llamándose: “Articulación nacional para la gobernanza y gestión de colectiva de la diversidad genética y sus conocimientos asociados en la agricultura familiar y campesina del Uruguay” . Este proyecto buscó permanentemente, mejorar varios aspectos de la realidad nacional de Uruguay: mejorar temas de conservación en las chacras, instalar espacios físicos de intercambio y conservación, intercambiar materiales con la investigación para contar con variedades adaptadas al cambio climático y a los sistemas de producción familiares de pequeña escala, mitigar efectos adversos sobre el medio ambiente, mejorar la rentabilidad económica, intercambios de saberes y aprendizajes, participación en foros internacionales, solicitar materiales de otras partes del mundo, entre otros. Una de las grandes líneas del proyecto tuvo que ver con frutales y forrajeras, otra línea importante apuntó al trabajo con variedades nativas y criollas de cultivos de importancia para la soberanía alimentaria del país.  El manual se elaboró en el marco del proyecto "Articulación nacional para la gobernanza y gestión de colectiva de la diversidad genética y sus conocimientos asociados en la agricultura familiar y campesina del Uruguay", financiado por el Fondo de Distribución de Beneficios (BSF) del Tratado Internacional sobre los Recursos Fitogenéticos para la Alimentación y la Agricultura (TIRFAA) de la Organización de las Naciones Unidas para la Agricultura y la Alimentación (FAO). El objetivo general del proyecto es poner a los agricultores de todo el mundo en condiciones de utilizar y conservar variedades adaptadas que conduzcan al aumento de la productividad y los ingresos agrícolas, el aumento de la disponibilidad de diversos alimentos ricos en nutrientes, la reducción de los efectos adversos en el medio ambiente y la mejora de la resiliencia ante las crisis de producción. Garantizar que la biodiversidad para la seguridad alimentaria esté protegida de cara al futuro. En este manual se resumen algunos de los principales resultados del proyecto.</t>
+  </si>
+  <si>
+    <t>National strategy; Seed system; Breeding; Production; Traditional knowledge; Climate change; Adaptation; Crop diversity; Family farming; Conservation; Resilience; Food security; Sustainable agriculture; Native varieties</t>
+  </si>
+  <si>
+    <t>10.5281/zenodo.14967389</t>
+  </si>
+  <si>
+    <t>NATIONAL STRATEGY FOR CONSERVATON AND  SUSTAINABLE USE OF PLANT GENETIC RESOURCES FOR  FOOD AND AGRICULTURE</t>
+  </si>
+  <si>
+    <t>This document contains the National Strategy for Plant Genetic Resources for Food and agriculture (2023- 2027) which was built on the previous built National Strategy of 2013-2018, whose goal was to promote the enhanced conservation and efficient and sustainable use of PGRFA of selected crops. This strategy strives to promote the implementation of activities relating to germplasm conservation, plant breeding and seed delivery systems and fostering linkages between them to improve crop productivity and production and livelihoods. The current National PGRFA Strategy seeks to escalate efforts of the first strategy in terms of broadening the scope to include all PGRFA and all aspects of its management and sustainable use taking into 3 consideration challenges encountered in the implementation of the previous national strategy and new development. This strategy is  backed by national policy frameworks, plans and strategies which include the Second National Agricultural Policy (SNAP) with provisions such as crop diversification where the Plant Genetic Resources for Food and Agriculture (PGRFA) anchors, National Agricultural Investment Plan (NAIP) and the National Development Plans (NDP). These frameworks are linked to the provisions of the Comprehensive Africa Agricultural Development Program (CAADP) of the New Partnership for Africa’s Development (NEPAD) under the auspices of the Southern African Development Community (SADC).</t>
+  </si>
+  <si>
+    <t>Ex situ conservation; Breeding; Seed system; National strategy; Crop diversity; Production; Livelihoods; Sustainable agriculture; National Plan of Action; Policy; In situ conservation; Climate change</t>
+  </si>
+  <si>
+    <t>10.5281/zenodo.13349560</t>
+  </si>
+  <si>
+    <t>Llojet autoktone të misrit në rajonin Pukë</t>
+  </si>
+  <si>
+    <t>This leaflet was produced in the framework of the project "Identification, evaluation and genetic improvement of some local crop varieties to face with impact of climate change, increase the productivity, food security and on-farm incomes, for poor farmers in remote mountainous areas in Albania" funded by the 4th cycle of the Benefit Sharing Fund (BSF) of the International Treaty on Plant Genetic Resources for Food and Agriculture ( ITPGRFA). The project aimed at introducing improved local varieties of maize and beans and worked towards the identification of local varieties of maize and beans, their collection, characterization, selection and pre-breeding including on-farm multiplication of  improved varieties of maize and bean. This leaflet is a summary description of the indigenous maize varieties identified by project staff in the Pukë region of Albania. It highlights the morphological characteristics of different maize varieties, their growing period and ideal growing conditions, including farming technologies.    </t>
+  </si>
+  <si>
+    <t>Conservation; Farmers; Crop diversity; Breeding; Production; Characterization and evaluation; Native varieties</t>
+  </si>
+  <si>
+    <t>Maize; Beans</t>
+  </si>
+  <si>
+    <t>10.5281/zenodo.12742163</t>
+  </si>
+  <si>
+    <t>Report on Farm Trials to Screen Appropriate Pulse and Oilseed Varieties Suitable for Monsoon Season in Chhattisgarh, June/July to October/November 2020</t>
+  </si>
+  <si>
+    <t>This report summarizes the main outcomes of the on farm field trials carried out throughout June-November 2020 in Chhatisgarh, India as part of the project “Improving pulse biodiversity in rice fallow areas of tribal belts of Central and East Indian states to bring resilience in the farming practice, provide livelihood support and enhance nutritional level of the tribal population” funded by the Benefit Sharing Fund (BSF) of the International Treaty of Plant Genetic Resources for Food and Agriculture (ITPGRFA) of the Food and Agriculture Organisation (FAO) of the United Nations (UN). A major success of this project has been on-farm trials which were carried out in all the 5 project sites to screen appropriate pulse and oil seed varieties via participatory variety selection for farmers identified traits. Seeds of farmer’s varieties collected through household surveys and improved varieties suggested by the agriculture scientists were introduced in the project areas as a result of the field trials. In addition to the original focus on rice fallow season, the momentum created by the project expanded the scope of the field trials to pulses and oil seeds for monsoon season, late monsoon season and post monsoon (rice fallow) season.  Based on the geography and climatic conditions field trials of different varieties of pulses were carried out: Pigeon pea, Black gram, Groundnut, Green gram, Cow pea, Kudrum (Hibiscus cannabinus), Ghagra (Vigna sinensis), Horseshoe gram, Gram, Khesari, Little pea ( Pisum sativum ), red lentil and oil seeds: White sesame, Black sesame, Red sesame, Niger, Mustard, Linseed and Sunflower have been successfully carried out in the project area. The field trials carried out as part of this project involved 78 tribal farmers who in turn received hands on training to carry out farm-trials for on-farm conservation and varietal selection. Through participatory variety selection phenotypes of the crops have been documented, seeds collected and conserved off-farms in the 5 community seed banks established under the project.</t>
+  </si>
+  <si>
+    <t>Characterization and evaluation; Crop diversity; Participatory variety selection; Climate change; On-farm conservation</t>
+  </si>
+  <si>
+    <t>Oilseed; Pigeon pea; Pulses; Legumes; Groundnut; Gram; Sesame; Cowpea</t>
+  </si>
+  <si>
+    <t>10.5281/zenodo.17241920</t>
+  </si>
+  <si>
+    <t>BSF Report: 2022-2023</t>
+  </si>
+  <si>
+    <t>This report provides a summary of the main steps taken to approve the new portfolio to be funded in the fifth project cycle of the Benefit-sharing Fund (BSF-5), including an overview of the approved projects. It also gives an account of the main results and good practices arising from the implementation of ongoing projects and contains updates on relevant communication, governance and financial aspects. The report covers the period from September 2022, when the Ninth Session of the Governing Body was held, to June 2023. Regular reports on the Benefit-sharing Fund operations and programme are provided to the Standing Committee on the Funding Strategy and Resource Mobilization (the Funding Committee) of the International Treaty.</t>
+  </si>
+  <si>
+    <t>Sustainable agriculture; Farmers; Farmers practices; Gender; Breeding; Policy; Conservation; Food security; Livelihoods; Fair and equitable sharing; Community seed banks; Crop diversity; Income</t>
+  </si>
+  <si>
+    <t>10.5281/zenodo.17236407</t>
+  </si>
+  <si>
+    <t>AGROBIODIVERSITY KNOWLEDGE LAB: An event by the Benefit-sharing Fund Community of Practice</t>
+  </si>
+  <si>
+    <t>This report presents a summary of experiences shared and recommendations arising from the Agrobiodiversity Knowledge Lab  — a Community of Practice event by the Benefit-sharing Fund of the International Treaty on Plant Genetic Resources for Food and Agriculture. The event was held in Cusco, Peru, as a participatory, transparent and inclusive space. It brought together diverse forms of knowledge, experiences and initiatives on the conservation and sustainable use of agrobiodiversity in the Andes and across the Latin American and Caribbean region. Through dialogue, participants exchanged lessons and challenges, identified new pathways, and highlighted good practices that can be replicated and scaled up where feasible and appropriate. During the event, experiences and innovations have been shared in the form of poster presentations and related to four urgent topics: Monitoring and documentation of agrobiodiversity; Financial tools and schemes to support guardians of agrobiodiversity; Youth participation and value chains; and Policy and governance. The report captures the posters presented, a summary of the types of innovations and recommendations from and for various stakeholder groups. Spanish version:  https://doi.org/10.5281/zenodo.17241105</t>
+  </si>
+  <si>
+    <t>Farmers communities; Farmers; Value chain; Policy; Traditional knowledge; Farmers practices; Family farming</t>
+  </si>
+  <si>
     <t>10.5281/zenodo.17241186</t>
   </si>
   <si>
     <t>BSF Report: 2020-2021</t>
   </si>
   <si>
     <t>This Report covering 2020-2021, provides an overview of the distinctive elements of the funding mechanism of the BSF, its approach and main areas of work, governance, monitoring, evaluation and learning system. The Report also illustrates some of the main achievements of the BSF programme since its inception, provides regional highlights in relation to the projects funded in the on-going Fourth Call for Proposals along with information on financial contributions to the Fund. The publication of this report coincides with the launch of the Fifth Call for Proposals of the Benefit-sharing Fund, which marks a transition towards a programmatic approach and a more strategic, sustainable and diversified implementation of the new Funding Strategy of the International Treaty and the Operations Manual of the Benefit-sharing Fund.</t>
   </si>
   <si>
     <t>Sustainable agriculture; Farmers; Conservation; Food security; Fair and equitable sharing; Livelihoods; Community seed banks; Gender; Breeding; Value chain; Crop diversity; Policy; Income; Farmers practices</t>
   </si>
   <si>
-    <t>10.5281/zenodo.14967178</t>
-[...134 lines deleted...]
-    <t>Farmers communities; Farmers; Value chain; Policy; Traditional knowledge; Farmers practices; Family farming</t>
+    <t>10.5281/zenodo.17899331</t>
+  </si>
+  <si>
+    <t>Factsheet no. 4 Simple Hand Pollination for Coconut Palms</t>
+  </si>
+  <si>
+    <t>This factsheet explains how farmers can use simple hand-pollination techniques to produce better-quality coconut seednuts. It describes why hand pollination is useful, how to isolate female flowers to control which palm provides pollen, and two practical methods: bagging individual flowers and bagging the whole inflorescence. The factsheet also outlines how to collect pollen, apply it correctly, and tag developing coconuts for later quality control. It is designed to help farmers improve local varieties and create stronger, more productive coconut palms using low-cost tools and easy steps.</t>
+  </si>
+  <si>
+    <t>Farmers; Breeding; Production; Farmers practices</t>
+  </si>
+  <si>
+    <t>Oilseed</t>
+  </si>
+  <si>
+    <t>Fiji</t>
   </si>
   <si>
     <t>10.5281/zenodo.12742369</t>
   </si>
   <si>
     <t>Report on Farm Trials to Screen Appropriate Pulse and Oilseed Varieties Suitable for Monsoon Season in Chhattisgarh, November/December 2020 to March/April 2021</t>
   </si>
   <si>
     <t>This report summarizes the main outcomes of the on farm field trials carried out throughout 2020-2021 in Chhatisgarh, India as part of the project “Improving pulse biodiversity in rice fallow areas of tribal belts of Central and East Indian states to bring resilience in the farming practice, provide livelihood support and enhance nutritional level of the tribal population” funded by the Benefit Sharing Fund (BSF) of the International Treaty of Plant Genetic Resources for Food and Agriculture (ITPGRFA) of the Food and Agriculture Organisation (FAO) of the United Nations (UN). A major success of this project were the on-farm trials which were carried out in all 5 project sites to screen appropriate pulse and oil seed varieties via participatory variety selection for farmers identified traits. Seeds of farmer’s varieties collected through household surveys and improved varieties suggested by agricultural scientists were introduced in the project areas as a result of the field trials. In addition to the original focus on rice fallow season, the momentum created by the project expanded the scope of the field trials to pulses and oil seeds for monsoon season, late monsoon season and post monsoon (rice fallow) season. Based on the geography and climatic conditions field trials of different varieties of pulses were carried out: Pigeon pea, Black gram, Groundnut, Green gram, Cow pea, Kudrum (Hibiscus cannabinus), Ghagra (Vigna sinensis), Horseshoe gram, Gram, Khesari, Little Pea ( Pisum sativum ), Red lentil and oil seeds: White sesame, Black sesame, Red sesame, Niger, Mustard, Linseed and Sunflower. The field trials carried out as part of this project involved 78 tribal farmers who in turn received hands on training to carry out farm-trials for on-farm conservation and varietal selection. Through participatory variety selection phenotypes of the crops have been documented, seeds collected and conserved off-farms in the 5 community seed banks established under the project.</t>
   </si>
   <si>
     <t>Participatory variety selection; Climate change; Crop diversity; On-farm conservation</t>
   </si>
   <si>
     <t>Pulses; Pigeon pea; Oilseed; Groundnut; Legumes; Gram; Sesame; Cowpea</t>
   </si>
   <si>
     <t>10.5281/zenodo.15088473</t>
   </si>
   <si>
     <t>Millets: Traditional "Poor  Man's" Crop or Future Smart  Nutri-Cereals?</t>
   </si>
   <si>
     <t>Millets represent a diverse group of cereal crops of significance to sub-Saharan Africa and globally. However, they remain a set of crops with limited attention and priority paid to them with paucity of information on their genetic diversity and sustainable use. Existing knowledge on millets with respect to cultivation, health, and nutritional benefits, and contribution to sustainable environmental management, and use is mainly attributed to traditional indigenous knowledge held by rural folks in different regions of the continent. The emergence of other cereal staples, however, led to millets losing their place as an important crop limiting their use to a “famine” crop with production occurring on smallholdings among the marginalized poor. This threatens interest, patronage, conservation and use to sustainably and fully exploit the potential of millets for the benefit of society. Intertwined with tradition and culture, millets in sub-Saharan Africa and elsewhere nonetheless hold great promise to contribute to food security, revitalize and diversify diets, improve farmer livelihoods, resilience, and adaptation to climate change. This chapter discusses the importance of millets, challenges to production, contribution to nutrition and health, traditional knowledge and products, novel and non-traditional products, contribution to resilience and climate change, and diversity of available genetic resources. This book chapter was elaborated with support from the project “ Harnessing dryland legume and cereal genetic resources for food and nutrition security and resilient farming systems in Malawi and Zambia” funded in the 4 th cycle of the Benefit Sharing Fund (BSF) of the International Treaty on Plant Genetic Resources for Food and Agriculture (ITPGRFA) of the Food and Agriculture Organization (FAO).</t>
   </si>
@@ -1191,50 +1209,62 @@
     <t>The first Serbian collection of small grain varieties was established to advance existing agricultural production where crops and livestock were integrated in farming systems. With more than a century of organized work on collection, evaluation, and utilization of small grain resources, it is a good example of their sustainable use. The presented collections are a demonstration of returned investment in germplasm conservation and research. As much as the work on PGR may seem long term and with non-tangible return, the benefits are numerous. Increasing availability and knowledge on the germplasm will surely add to the sustainability of both breeding programs and plant genetic resources. This study is included in then  S ustainable utilization and conservation of plant genetic diversity journal (pg.485-550) and has been financially supported through the project Redesigning the exploitation of small grains genetic resources towards increased sustainability of grain-value chain and improved farmers’ livelihoods in Serbia and Bulgaria – GRAINEFIT funded in the forth project cycle of the benefit-sharing Fund of the International Treaty on PGRFA.  </t>
   </si>
   <si>
     <t>Landraces; Climate change; Farming systems; Breeding; Native varieties; Local communities; Genomics; Production; Sustainable agriculture; Nutrition; Food security; Crop diversity; Conservation; Yields</t>
   </si>
   <si>
     <t>Small grains; Wheat; Legumes; Cereals</t>
   </si>
   <si>
     <t>Serbia; Bulgaria</t>
   </si>
   <si>
     <t>10.5281/zenodo.16934187</t>
   </si>
   <si>
     <t>On-farm conservation, management and use of barley, oats, rye and wheat genetic resources in Serbia. XII International Symposium on Agricultural Sciences</t>
   </si>
   <si>
     <t>This study summarizes a two-year mission (2020–2021) in Serbia to collect small grain genetic resources and assess their conservation. Twelve samples were gathered: seven barley, two oat, two rye landraces, and one wheat variety across four regions, mainly in remote, mountainous areas of Zlatibor district. Most were found on the Pester plateau, where farmers still grow traditional cereals for personal use. Valued for traits like disease resistance and nutrition, these crops are grown with low inputs. Samples were preserved in Serbia’s gene bank and Svalbard Vault, multiplied for trials, and distributed for on-farm evaluations and community seed exchange initiatives. This study was financially supported in the framework of the project  Redesigning the exploitation of small grains genetic resources towards increased sustainability of grain-value chain and improved farmers’ livelihoods in Serbia and Bulgaria – GRAINEFIT funded in the forth project cycle of the Benefit-sharing Fund of the International Treaty on PGRFA.</t>
   </si>
   <si>
     <t>Farmers; Climate change; Conservation; Landraces; On-farm conservation; Genomics; Native varieties</t>
   </si>
   <si>
     <t>Wheat; Small grains; Cereals</t>
+  </si>
+  <si>
+    <t>10.5281/zenodo.17898842</t>
+  </si>
+  <si>
+    <t>On-farm Reproduction of Coconut Palms for Breeding, Seednut Production and In-situ Conservation: A guide for coconut farmers to better conserve, breed, use and market their coconut seednuts</t>
+  </si>
+  <si>
+    <t>Training farmers to undertake coconut pollination independently represents a shift in approach. When farmers understand coconut-palm reproduction and how to make hybrids, they may more easily accept hybrids produced elsewhere. Today, coconut seednut supply falls far short of current demand. A simple technique of pollination provides a means for farmers to take better control of the diversity they have created across generations. This guide recommends a dual strategy that encompasses both: 1) seednut production at the small-scale level, by farmers trained to use simple and inexpensive pollination techniques; and 2) the establishment of larger seed gardens to produce hybrids on a commercial scale which, despite higher production costs, will ensure a more consistent and larger supply of seednuts. As knowledge of coconut reproductive biology is essential to conservation and breeding, this guide provides coconut farmers with simple, alternative methods to control pollination at the small-scale level. It should be noted, however, that these untested methods must first be fully developed and validated in the framework of new participatory projects involving farmers, scientists, extensionists, and the private sector. Such testing is made possible by this guide through the availability and accessibility of information crucial to the conservation and use of coconut varieties. This includes information on developing illustrated varietal catalogues, and exchanging knowledge on variety classification, reproductive biology, and seednut production methods. In addition, key concepts, such as the coconut eco-museum, are introduced, alongside ways to merge tourism, agriculture, education, and business. By teaching farmers to produce their own seednuts, moreover, this guide seeks to support farmers’ acceptance of hybrids more broadly. Finally, by providing measures to increase coconut seednut production, the guide aims to boost global supply in order to better meet current demand.</t>
+  </si>
+  <si>
+    <t>Breeding; Production; In situ conservation; Farmers; Livelihoods; Conservation; Value chain; Markets; Farmers practices; Participatory variety selection</t>
   </si>
   <si>
     <t>10.5281/zenodo.16894390</t>
   </si>
   <si>
     <t>Genetic improvement of grain yield and bread-making quality of winter wheat over the past 90 years under the Pannonian Plain conditions.</t>
   </si>
   <si>
     <t>Most studies on genetic gains in wheat focus on yield and agronomic traits, with less attention to quality improvements. This study analyzed 25 winter wheat cultivars released in the Southern Pannonian Plain between 1930 and 2015, grown over three seasons in Novi Sad, Serbia. Grain yield increased linearly at an average rate of 45.5 kg ha⁻¹ yr⁻¹, suggesting that yield progress has not yet plateaued. Protein and wet gluten content declined significantly with the year of release, following a bi-linear trend. Key flour traits related to stronger gluten and higher sedimentation value—such as extensograph energy and farinograph resistance—also showed improvement over time. This study has been financially supported through the Redesigning the exploitation of small grains genetic resources towards increased sustainability of grain-value chain and improved farmers’ livelihoods in Serbia and Bulgaria – GRAINEFIT funded in the forth project cycle of the benefit-sharing Fund of the International Treaty on PGRFA.</t>
   </si>
   <si>
     <t>Farmers; Climate change; Genomics; Yields</t>
   </si>
   <si>
     <t>10.5281/zenodo.16934260</t>
   </si>
   <si>
     <t>The Benefit-Sharing Fund's Grainefit project – towards delivering wheat grains that bring nutritional benefits.</t>
   </si>
   <si>
     <t>Wheat is vital to food security in Serbia and globally. However, breeding focused on yield has reduced genetic diversity. The GRAINEIFIT project, under the Benefit-sharing Fund, aims to conserve and utilize neglected Serbian wheat landraces. In two-year field trials (2021–2023), 33 old genotypes were compared to modern ones. Traditional varieties showed higher total phenolics and ferulic acid—up to three times more than modern wheat—as well as vanillic, syringic, and p-coumaric acids. Many also had stronger antioxidant activity. Stara Banatka stood out for iron and zinc content, offering 90% of daily iron needs per bread portion, with promising agronomic traits.</t>
   </si>
   <si>
     <t>Nutrition; Landraces; Conservation; Underutilized crops; Native varieties</t>
   </si>
@@ -1702,59 +1732,59 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.13880585" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.15000111" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.13311660" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.13353539" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.13350706" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.12734061" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14999922" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14975179" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.13880463" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.12724792" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.13322592" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14999558" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.15000224" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.13350619" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14981211" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14980785" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14999353" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14981407" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.13349355" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14979357" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.15088400" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.13627662" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.12742555" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14989549" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14975277" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.13829902" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.15000152" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.15088283" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.13350741" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.12730989" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.13350819" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14989930" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14966184" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.13342732" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14989275" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14980287" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.12724297" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.13889156" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.13350596" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14967605" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.12724959" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.12731441" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14982685" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.13350515" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.15084219" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14989445" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.12724523" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.13886432" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.13889221" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.13330614" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14999488" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.12725688" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.13354124" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.12725903" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.13343319" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.13889087" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.15000380" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14980030" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.12732427" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14974541" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.13886943" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.13887048" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.12732262" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.12723635" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.13889115" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14974621" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.12731132" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.17241186" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14967178" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.12733224" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.13347800" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14974400" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.12725196" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14967389" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.13349560" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.12742163" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.17241920" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.17236407" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.12742369" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.15088473" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.15006083" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.16891051" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.16934187" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.16894390" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.16934260" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.16891082" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.16897807" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.17106839" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.13880585" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.15000111" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.13311660" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.13353539" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.13350706" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.12734061" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14999922" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14975179" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.13880463" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.12724792" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.13322592" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14999558" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.15000224" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.13350619" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14981211" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14980785" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14999353" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14981407" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.13349355" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14979357" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.15088400" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.13627662" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.12742555" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14989549" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14975277" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.13829902" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.15000152" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.15088283" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.13350741" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.12730989" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.13350819" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14989930" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14966184" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.13342732" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14989275" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14980287" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.12724297" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.13889156" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.13350596" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14967605" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.12724959" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.12731441" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14982685" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.13350515" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.15084219" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14989445" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.12724523" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.13886432" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.13889221" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.13330614" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14999488" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.12725688" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.13354124" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.12725903" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.13343319" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.13889087" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.15000380" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14980030" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.12732427" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14974541" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.13886943" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.13887048" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.12732262" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.12723635" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.13889115" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14974621" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.12731132" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14967178" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.12733224" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.13347800" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14974400" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.12725196" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14967389" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.13349560" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.12742163" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.17241920" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.17236407" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.17241186" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.17899331" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.12742369" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.15088473" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.15006083" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.16891051" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.16934187" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.17898842" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.16894390" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.16934260" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.16891082" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.16897807" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.17106839" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G93"/>
+  <dimension ref="A1:G95"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="8.83203125" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="24.83203125" customWidth="true" style="1"/>
     <col min="2" max="2" width="47.5" customWidth="true" style="1"/>
     <col min="3" max="3" width="78.83203125" customWidth="true" style="1"/>
     <col min="4" max="4" width="25.6640625" customWidth="true" style="1"/>
     <col min="5" max="5" width="17.6640625" customWidth="true" style="1"/>
     <col min="6" max="6" width="17.83203125" customWidth="true" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" customHeight="1" ht="32">
       <c r="A1" s="5" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="5"/>
       <c r="C1" s="5"/>
       <c r="D1" s="5"/>
       <c r="E1" s="5"/>
       <c r="F1" s="5"/>
     </row>
@@ -3105,439 +3135,479 @@
         <v>314</v>
       </c>
       <c r="D72" s="8" t="s">
         <v>315</v>
       </c>
       <c r="E72" s="8" t="s">
         <v>173</v>
       </c>
       <c r="F72" s="8" t="s">
         <v>298</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" s="7" t="s">
         <v>316</v>
       </c>
       <c r="B73" s="8" t="s">
         <v>317</v>
       </c>
       <c r="C73" s="8" t="s">
         <v>318</v>
       </c>
       <c r="D73" s="8" t="s">
         <v>319</v>
       </c>
-      <c r="E73" s="8"/>
-      <c r="F73" s="8"/>
+      <c r="E73" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="F73" s="8" t="s">
+        <v>320</v>
+      </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" s="7" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="B74" s="8" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="C74" s="8" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="D74" s="8" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="E74" s="8" t="s">
-        <v>17</v>
+        <v>325</v>
       </c>
       <c r="F74" s="8" t="s">
-        <v>324</v>
+        <v>37</v>
       </c>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" s="7" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="B75" s="8" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="C75" s="8" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="D75" s="8" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="E75" s="8" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="F75" s="8" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" s="7" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="B76" s="8" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="C76" s="8" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="D76" s="8" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="E76" s="8" t="s">
-        <v>334</v>
+        <v>281</v>
       </c>
       <c r="F76" s="8" t="s">
-        <v>24</v>
+        <v>335</v>
       </c>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" s="7" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="B77" s="8" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="C77" s="8" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="D77" s="8" t="s">
-        <v>338</v>
-[...3 lines deleted...]
-      </c>
+        <v>339</v>
+      </c>
+      <c r="E77" s="8"/>
       <c r="F77" s="8" t="s">
-        <v>339</v>
+        <v>12</v>
       </c>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" s="7" t="s">
         <v>340</v>
       </c>
       <c r="B78" s="8" t="s">
         <v>341</v>
       </c>
       <c r="C78" s="8" t="s">
         <v>342</v>
       </c>
       <c r="D78" s="8" t="s">
         <v>343</v>
       </c>
       <c r="E78" s="8"/>
       <c r="F78" s="8" t="s">
-        <v>12</v>
+        <v>292</v>
       </c>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" s="7" t="s">
         <v>344</v>
       </c>
       <c r="B79" s="8" t="s">
         <v>345</v>
       </c>
       <c r="C79" s="8" t="s">
         <v>346</v>
       </c>
       <c r="D79" s="8" t="s">
         <v>347</v>
       </c>
-      <c r="E79" s="8"/>
+      <c r="E79" s="8" t="s">
+        <v>348</v>
+      </c>
       <c r="F79" s="8" t="s">
-        <v>292</v>
+        <v>98</v>
       </c>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" s="7" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="B80" s="8" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="C80" s="8" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="D80" s="8" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="E80" s="8" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="F80" s="8" t="s">
-        <v>98</v>
+        <v>37</v>
       </c>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" s="7" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="B81" s="8" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="C81" s="8" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="D81" s="8" t="s">
-        <v>356</v>
-[...1 lines deleted...]
-      <c r="E81" s="8" t="s">
         <v>357</v>
       </c>
-      <c r="F81" s="8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E81" s="8"/>
+      <c r="F81" s="8"/>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" s="7" t="s">
         <v>358</v>
       </c>
       <c r="B82" s="8" t="s">
         <v>359</v>
       </c>
       <c r="C82" s="8" t="s">
         <v>360</v>
       </c>
       <c r="D82" s="8" t="s">
         <v>361</v>
       </c>
       <c r="E82" s="8"/>
-      <c r="F82" s="8"/>
+      <c r="F82" s="8" t="s">
+        <v>335</v>
+      </c>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" s="7" t="s">
         <v>362</v>
       </c>
       <c r="B83" s="8" t="s">
         <v>363</v>
       </c>
       <c r="C83" s="8" t="s">
         <v>364</v>
       </c>
       <c r="D83" s="8" t="s">
         <v>365</v>
       </c>
       <c r="E83" s="8"/>
-      <c r="F83" s="8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F83" s="8"/>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" s="7" t="s">
         <v>366</v>
       </c>
       <c r="B84" s="8" t="s">
         <v>367</v>
       </c>
       <c r="C84" s="8" t="s">
         <v>368</v>
       </c>
       <c r="D84" s="8" t="s">
         <v>369</v>
       </c>
       <c r="E84" s="8" t="s">
         <v>370</v>
       </c>
       <c r="F84" s="8" t="s">
-        <v>37</v>
+        <v>371</v>
       </c>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" s="7" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="B85" s="8" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="C85" s="8" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="D85" s="8" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="E85" s="8" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="F85" s="8" t="s">
-        <v>376</v>
+        <v>37</v>
       </c>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" s="7" t="s">
         <v>377</v>
       </c>
       <c r="B86" s="8" t="s">
         <v>378</v>
       </c>
       <c r="C86" s="8" t="s">
         <v>379</v>
       </c>
       <c r="D86" s="8" t="s">
         <v>380</v>
       </c>
       <c r="E86" s="8" t="s">
-        <v>121</v>
+        <v>381</v>
       </c>
       <c r="F86" s="8" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" s="7" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="B87" s="8" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="C87" s="8" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="D87" s="8" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="E87" s="8" t="s">
-        <v>386</v>
+        <v>121</v>
       </c>
       <c r="F87" s="8" t="s">
         <v>387</v>
       </c>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" s="7" t="s">
         <v>388</v>
       </c>
       <c r="B88" s="8" t="s">
         <v>389</v>
       </c>
       <c r="C88" s="8" t="s">
         <v>390</v>
       </c>
       <c r="D88" s="8" t="s">
         <v>391</v>
       </c>
       <c r="E88" s="8" t="s">
         <v>392</v>
       </c>
       <c r="F88" s="8" t="s">
-        <v>387</v>
+        <v>393</v>
       </c>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" s="7" t="s">
+        <v>394</v>
+      </c>
+      <c r="B89" s="8" t="s">
+        <v>395</v>
+      </c>
+      <c r="C89" s="8" t="s">
+        <v>396</v>
+      </c>
+      <c r="D89" s="8" t="s">
+        <v>397</v>
+      </c>
+      <c r="E89" s="8" t="s">
+        <v>398</v>
+      </c>
+      <c r="F89" s="8" t="s">
         <v>393</v>
-      </c>
-[...13 lines deleted...]
-        <v>387</v>
       </c>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" s="7" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="B90" s="8" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="C90" s="8" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="D90" s="8" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="E90" s="8" t="s">
-        <v>47</v>
+        <v>370</v>
       </c>
       <c r="F90" s="8" t="s">
-        <v>401</v>
+        <v>371</v>
       </c>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" s="7" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="B91" s="8" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="C91" s="8" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="D91" s="8" t="s">
-        <v>405</v>
-[...1 lines deleted...]
-      <c r="E91" s="8"/>
+        <v>406</v>
+      </c>
+      <c r="E91" s="8" t="s">
+        <v>47</v>
+      </c>
       <c r="F91" s="8" t="s">
-        <v>387</v>
+        <v>393</v>
       </c>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" s="7" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="B92" s="8" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="C92" s="8" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="D92" s="8" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="E92" s="8" t="s">
         <v>47</v>
       </c>
       <c r="F92" s="8" t="s">
-        <v>387</v>
+        <v>411</v>
       </c>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" s="7" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="B93" s="8" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="C93" s="8" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="D93" s="8" t="s">
-        <v>413</v>
-[...3 lines deleted...]
-      </c>
+        <v>415</v>
+      </c>
+      <c r="E93" s="8"/>
       <c r="F93" s="8" t="s">
-        <v>415</v>
+        <v>393</v>
+      </c>
+    </row>
+    <row r="94" spans="1:7">
+      <c r="A94" s="7" t="s">
+        <v>416</v>
+      </c>
+      <c r="B94" s="8" t="s">
+        <v>417</v>
+      </c>
+      <c r="C94" s="8" t="s">
+        <v>418</v>
+      </c>
+      <c r="D94" s="8" t="s">
+        <v>419</v>
+      </c>
+      <c r="E94" s="8" t="s">
+        <v>47</v>
+      </c>
+      <c r="F94" s="8" t="s">
+        <v>393</v>
+      </c>
+    </row>
+    <row r="95" spans="1:7">
+      <c r="A95" s="7" t="s">
+        <v>420</v>
+      </c>
+      <c r="B95" s="8" t="s">
+        <v>421</v>
+      </c>
+      <c r="C95" s="8" t="s">
+        <v>422</v>
+      </c>
+      <c r="D95" s="8" t="s">
+        <v>423</v>
+      </c>
+      <c r="E95" s="8" t="s">
+        <v>424</v>
+      </c>
+      <c r="F95" s="8" t="s">
+        <v>425</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection formatCells="0" formatColumns="0" formatRows="0" insertColumns="0" insertRows="0" insertHyperlinks="0" deleteColumns="0" deleteRows="0" sort="0" autoFilter="0" pivotTables="0"/>
   <mergeCells>
     <mergeCell ref="A1:F1"/>
     <mergeCell ref="A3:B3"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A6" r:id="rId_hyperlink_1"/>
     <hyperlink ref="A7" r:id="rId_hyperlink_2"/>
     <hyperlink ref="A8" r:id="rId_hyperlink_3"/>
     <hyperlink ref="A9" r:id="rId_hyperlink_4"/>
     <hyperlink ref="A10" r:id="rId_hyperlink_5"/>
     <hyperlink ref="A11" r:id="rId_hyperlink_6"/>
     <hyperlink ref="A12" r:id="rId_hyperlink_7"/>
     <hyperlink ref="A13" r:id="rId_hyperlink_8"/>
     <hyperlink ref="A14" r:id="rId_hyperlink_9"/>
     <hyperlink ref="A15" r:id="rId_hyperlink_10"/>
     <hyperlink ref="A16" r:id="rId_hyperlink_11"/>
     <hyperlink ref="A17" r:id="rId_hyperlink_12"/>
     <hyperlink ref="A18" r:id="rId_hyperlink_13"/>
     <hyperlink ref="A19" r:id="rId_hyperlink_14"/>
     <hyperlink ref="A20" r:id="rId_hyperlink_15"/>
     <hyperlink ref="A21" r:id="rId_hyperlink_16"/>
@@ -3591,50 +3661,52 @@
     <hyperlink ref="A69" r:id="rId_hyperlink_64"/>
     <hyperlink ref="A70" r:id="rId_hyperlink_65"/>
     <hyperlink ref="A71" r:id="rId_hyperlink_66"/>
     <hyperlink ref="A72" r:id="rId_hyperlink_67"/>
     <hyperlink ref="A73" r:id="rId_hyperlink_68"/>
     <hyperlink ref="A74" r:id="rId_hyperlink_69"/>
     <hyperlink ref="A75" r:id="rId_hyperlink_70"/>
     <hyperlink ref="A76" r:id="rId_hyperlink_71"/>
     <hyperlink ref="A77" r:id="rId_hyperlink_72"/>
     <hyperlink ref="A78" r:id="rId_hyperlink_73"/>
     <hyperlink ref="A79" r:id="rId_hyperlink_74"/>
     <hyperlink ref="A80" r:id="rId_hyperlink_75"/>
     <hyperlink ref="A81" r:id="rId_hyperlink_76"/>
     <hyperlink ref="A82" r:id="rId_hyperlink_77"/>
     <hyperlink ref="A83" r:id="rId_hyperlink_78"/>
     <hyperlink ref="A84" r:id="rId_hyperlink_79"/>
     <hyperlink ref="A85" r:id="rId_hyperlink_80"/>
     <hyperlink ref="A86" r:id="rId_hyperlink_81"/>
     <hyperlink ref="A87" r:id="rId_hyperlink_82"/>
     <hyperlink ref="A88" r:id="rId_hyperlink_83"/>
     <hyperlink ref="A89" r:id="rId_hyperlink_84"/>
     <hyperlink ref="A90" r:id="rId_hyperlink_85"/>
     <hyperlink ref="A91" r:id="rId_hyperlink_86"/>
     <hyperlink ref="A92" r:id="rId_hyperlink_87"/>
     <hyperlink ref="A93" r:id="rId_hyperlink_88"/>
+    <hyperlink ref="A94" r:id="rId_hyperlink_89"/>
+    <hyperlink ref="A95" r:id="rId_hyperlink_90"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>